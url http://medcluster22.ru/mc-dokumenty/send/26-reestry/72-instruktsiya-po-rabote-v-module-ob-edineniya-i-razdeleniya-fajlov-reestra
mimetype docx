--- v0 (2025-10-20)
+++ v1 (2025-12-05)
@@ -1,1151 +1,2472 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w:rsidR="00627837" w:rsidRPr="001C3569" w:rsidRDefault="00867CC9" w:rsidP="00867CC9">
-      <w:pPr>
+    <w:p w:rsidR="00D80455" w:rsidRPr="00D80455" w:rsidRDefault="00D80455" w:rsidP="00D80455">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="206"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="2F5496" w:themeColor="accent5" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D80455">
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="2F5496" w:themeColor="accent5" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Инструкция по работе в модуле объединения и разделения файлов реестра</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B82E42" w:rsidRDefault="00B82E42" w:rsidP="00B82E42">
+      <w:pPr>
+        <w:pStyle w:val="4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="274" w:after="206" w:line="429" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="404040"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D80455">
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="404040"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D80455">
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="404040"/>
+        </w:rPr>
+        <w:t>Объединение файлов реестра</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00965B08" w:rsidRPr="00D80455" w:rsidRDefault="00965B08" w:rsidP="00965B08">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="100" w:afterAutospacing="1" w:line="429" w:lineRule="atLeast"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="404040"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D80455">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="404040"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Отчеты </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D80455">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="404040"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«Реестр счета»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D80455">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="404040"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D80455">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...25 lines deleted...]
-    <w:p w:rsidR="00242F4B" w:rsidRPr="00242F4B" w:rsidRDefault="00242F4B" w:rsidP="00242F4B">
+          <w:bCs/>
+          <w:color w:val="404040"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«Протокол приема файлов»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D80455">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="404040"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> формируются на основе данных, загруженных в модуль</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D80455">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Объединение файлов реестра»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D80455">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="404040"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00965B08" w:rsidRPr="00965B08" w:rsidRDefault="00965B08" w:rsidP="00965B08">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="100" w:afterAutospacing="1" w:line="429" w:lineRule="atLeast"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="404040"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D80455">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="404040"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Даже если файл не требует объединения, его необходимо загрузить в систему.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00242F4B" w:rsidRPr="00D80455" w:rsidRDefault="00242F4B" w:rsidP="00242F4B">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D80455">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Создать папку и скопировать в неё файлы реестров, которые необходимо объединить</w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="001E06FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, все файлы должны иметь разное наименование, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="001E06FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>т.е. например</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="001E06FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, файл из открытой скорой должен иметь суффикс </w:t>
+      </w:r>
+      <w:r w:rsidR="001E06FF" w:rsidRPr="001E06FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001E06FF" w:rsidRPr="001E06FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>smp</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001E06FF" w:rsidRPr="001E06FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001E06FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">или </w:t>
+      </w:r>
+      <w:r w:rsidR="001E06FF" w:rsidRPr="001E06FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001E06FF" w:rsidRPr="001E06FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>smp</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001E06FF" w:rsidRPr="001E06FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="001E06FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001E06FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>и тп</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00D80455">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005D25BC" w:rsidRPr="00242F4B" w:rsidRDefault="005D25BC" w:rsidP="005D25BC">
+    <w:p w:rsidR="005D25BC" w:rsidRPr="00D80455" w:rsidRDefault="005D25BC" w:rsidP="005D25BC">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D80455">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Создать отдельную папку для выгрузки результата объединения</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00277431" w:rsidRPr="00242F4B" w:rsidRDefault="00277431" w:rsidP="00277431">
+    <w:p w:rsidR="00277431" w:rsidRPr="00D80455" w:rsidRDefault="00277431" w:rsidP="00277431">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...13 lines deleted...]
-    <w:p w:rsidR="00242F4B" w:rsidRPr="00242F4B" w:rsidRDefault="00242F4B" w:rsidP="00242F4B">
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D80455">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Открыть модуль «Объединение файлов реестра» (доступ к модулю настраивается в АРМ Администратора </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D80455">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>–«</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D80455">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Персонал»)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00242F4B" w:rsidRPr="00D80455" w:rsidRDefault="00242F4B" w:rsidP="00242F4B">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...21 lines deleted...]
-    <w:p w:rsidR="00242F4B" w:rsidRPr="00242F4B" w:rsidRDefault="00242F4B" w:rsidP="00242F4B">
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D80455">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Перейти на вкладку «Слияние» </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00242F4B" w:rsidRPr="00D80455" w:rsidRDefault="00242F4B" w:rsidP="00242F4B">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D80455">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>В разделе «Файлы для объединения» нажать кнопку «Добавить» и в открывшемся окне, выбрать папку, созданную в пункте 1</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DA4820" w:rsidRPr="00242F4B" w:rsidRDefault="00242F4B" w:rsidP="00242F4B">
+    <w:p w:rsidR="00DA4820" w:rsidRPr="00D80455" w:rsidRDefault="00242F4B" w:rsidP="00242F4B">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D80455">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>В разделе «Результат объединения» нажать кнопку с тремя точками и в открывшемся окне выбрать папку, созданную в пункте 2.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006C1466" w:rsidRPr="001C3569" w:rsidRDefault="00573890" w:rsidP="006C1466">
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+    <w:p w:rsidR="006C1466" w:rsidRPr="00D80455" w:rsidRDefault="0045572D" w:rsidP="006C1466">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
-[...1 lines deleted...]
-            <wp:effectExtent l="0" t="0" r="0" b="3810"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="496C0C0C" wp14:editId="35A44818">
+            <wp:extent cx="8134350" cy="3836670"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1" name="Рисунок 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5" cstate="print"/>
+                    <a:blip r:embed="rId5"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="8137761" cy="4728443"/>
+                      <a:ext cx="8177402" cy="3856976"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DA4820" w:rsidRPr="001C3569" w:rsidRDefault="00DA4820" w:rsidP="006C1466">
-[...9 lines deleted...]
-    <w:p w:rsidR="00892835" w:rsidRPr="001C3569" w:rsidRDefault="00242F4B" w:rsidP="00892835">
+    <w:p w:rsidR="00DA4820" w:rsidRPr="00D80455" w:rsidRDefault="00DA4820" w:rsidP="006C1466">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00892835" w:rsidRPr="00D80455" w:rsidRDefault="00242F4B" w:rsidP="00892835">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D80455">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Затем нажать кнопку «Объединить» в правой части АРМа </w:t>
       </w:r>
-      <w:r w:rsidR="00D00ED0" w:rsidRPr="00242F4B">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00D00ED0" w:rsidRPr="00D80455">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>для</w:t>
       </w:r>
-      <w:r w:rsidR="00D00ED0" w:rsidRPr="001C3569">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00D00ED0" w:rsidRPr="00D80455">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="18181B"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> начала процесса объединения файлов</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DA4820" w:rsidRPr="001C3569" w:rsidRDefault="00DA4820" w:rsidP="00892835">
+    <w:p w:rsidR="00DA4820" w:rsidRPr="00D80455" w:rsidRDefault="00DA4820" w:rsidP="00892835">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D80455">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="18181B"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>После завершения процесса объединения, на экране отобразится информация о результате</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00175B58" w:rsidRPr="00573890" w:rsidRDefault="00573890" w:rsidP="00573890">
-[...12 lines deleted...]
-        </w:rPr>
+    <w:p w:rsidR="00175B58" w:rsidRPr="00D80455" w:rsidRDefault="00573890" w:rsidP="00573890">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D80455">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">           </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00D80455">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="65CD9247" wp14:editId="1DF7D318">
             <wp:extent cx="8252933" cy="4791075"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="4" name="Рисунок 4"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6" cstate="print"/>
+                    <a:blip r:embed="rId6"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="8265299" cy="4798254"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00175B58" w:rsidRPr="001C3569" w:rsidRDefault="00175B58" w:rsidP="00175B58">
-[...9 lines deleted...]
-    <w:p w:rsidR="00175B58" w:rsidRPr="001C3569" w:rsidRDefault="00175B58" w:rsidP="00175B58">
+    <w:p w:rsidR="00175B58" w:rsidRPr="00D80455" w:rsidRDefault="00175B58" w:rsidP="00175B58">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00175B58" w:rsidRPr="00D80455" w:rsidRDefault="00175B58" w:rsidP="00175B58">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D80455">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="18181B"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Итоговый файл объединения будет сохранен в папке, указанной для выгрузки результата</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D00ED0" w:rsidRPr="001C3569" w:rsidRDefault="00D00ED0" w:rsidP="00867CC9">
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w:rsidR="00D80455" w:rsidRPr="00D80455" w:rsidRDefault="00D80455" w:rsidP="00965B08">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00071E7E" w:rsidRDefault="00071E7E" w:rsidP="00071E7E">
+      <w:pPr>
+        <w:pStyle w:val="4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="274" w:after="206" w:line="429" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="404040"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D80455">
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="404040"/>
+        </w:rPr>
+        <w:t>Разделение файла реестра (ответный файл от ТФОМС «HT»)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00723EDA" w:rsidRPr="00D80455" w:rsidRDefault="00723EDA" w:rsidP="00723EDA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="100" w:afterAutospacing="1" w:line="429" w:lineRule="atLeast"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="404040"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D80455">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="404040"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Отчеты </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D80455">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="404040"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«Реестр счета»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D80455">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="404040"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D80455">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:bCs/>
+          <w:color w:val="404040"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«Протокол приема файлов»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D80455">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="404040"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> формируются на основе данных, загруженных в модуль</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D80455">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Объединение файлов реестра»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D80455">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="404040"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00723EDA" w:rsidRPr="00723EDA" w:rsidRDefault="00723EDA" w:rsidP="00723EDA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="100" w:afterAutospacing="1" w:line="429" w:lineRule="atLeast"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="404040"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D80455">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="404040"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Разделение файла реестра</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="0017343E" w:rsidRPr="001C3569" w:rsidRDefault="0017343E" w:rsidP="0017343E">
+        <w:t xml:space="preserve">Даже если файл не требует </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="404040"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>разделения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D80455">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="404040"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, его необходимо загрузить в систему.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0017343E" w:rsidRPr="00D80455" w:rsidRDefault="0017343E" w:rsidP="0017343E">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D80455">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Создать отдельную папку для выгрузки результата разделения </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00524EED" w:rsidRPr="001C3569" w:rsidRDefault="00DD088E" w:rsidP="0017343E">
+    <w:p w:rsidR="00524EED" w:rsidRPr="00D80455" w:rsidRDefault="00DD088E" w:rsidP="0017343E">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D80455">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Перейти на вкладку «Разделение»</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DD088E" w:rsidRPr="001C3569" w:rsidRDefault="00DD088E" w:rsidP="0017343E">
+    <w:p w:rsidR="00DD088E" w:rsidRPr="00D80455" w:rsidRDefault="00DD088E" w:rsidP="0017343E">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D80455">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>В</w:t>
       </w:r>
-      <w:r w:rsidR="00242F4B">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00242F4B" w:rsidRPr="00D80455">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> разделе</w:t>
       </w:r>
-      <w:r w:rsidRPr="001C3569">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00D80455">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Файл для разделения», по </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D80455">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">кнопке </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D80455">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:noProof/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4FF3A9B1" wp14:editId="51C1D805">
             <wp:extent cx="257175" cy="228600"/>
             <wp:effectExtent l="0" t="0" r="9525" b="0"/>
             <wp:docPr id="7" name="Рисунок 7"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7" cstate="print"/>
+                    <a:blip r:embed="rId7"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="257175" cy="228600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="001C3569">
-[...8 lines deleted...]
-    <w:p w:rsidR="00DD088E" w:rsidRPr="001C3569" w:rsidRDefault="00DD088E" w:rsidP="0017343E">
+      <w:r w:rsidRPr="00D80455">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D80455">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> выбрать файл</w:t>
+      </w:r>
+      <w:r w:rsidR="00622AA4" w:rsidRPr="00D80455">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> от ТОФМС «</w:t>
+      </w:r>
+      <w:r w:rsidR="00622AA4" w:rsidRPr="00D80455">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>HT</w:t>
+      </w:r>
+      <w:r w:rsidR="00622AA4" w:rsidRPr="00D80455">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D80455">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, который будет использоваться для разделения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DD088E" w:rsidRPr="00D80455" w:rsidRDefault="00DD088E" w:rsidP="0017343E">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D80455">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">В </w:t>
       </w:r>
-      <w:r w:rsidR="00242F4B">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00242F4B" w:rsidRPr="00D80455">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>разделе</w:t>
       </w:r>
-      <w:r w:rsidRPr="001C3569">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00D80455">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Результат разделения», </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D80455">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>по  кнопке</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D80455">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D80455">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:noProof/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="34F9A005" wp14:editId="7625589B">
             <wp:extent cx="257175" cy="228600"/>
             <wp:effectExtent l="0" t="0" r="9525" b="0"/>
             <wp:docPr id="6" name="Рисунок 6"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7" cstate="print"/>
+                    <a:blip r:embed="rId7"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="257175" cy="228600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="001C3569">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00D80455">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, указать путь для выгрузки результата разделения, выбрав созданную папку (пункт 1)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DD088E" w:rsidRDefault="00DD088E" w:rsidP="00DD088E">
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w:rsidR="00E94E9D" w:rsidRPr="00A24BED" w:rsidRDefault="00A24BED" w:rsidP="00A24BED">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:noProof/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
-[...2 lines deleted...]
-            <wp:docPr id="3" name="Рисунок 3"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3E2FBFDC" wp14:editId="7E749AE1">
+            <wp:extent cx="8296275" cy="4406900"/>
+            <wp:effectExtent l="0" t="0" r="9525" b="0"/>
+            <wp:docPr id="16" name="Рисунок 16"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8" cstate="print"/>
+                    <a:blip r:embed="rId8"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="8024363" cy="4658904"/>
+                      <a:ext cx="8312975" cy="4415771"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E94E9D" w:rsidRDefault="00E94E9D" w:rsidP="00DD088E">
-[...29 lines deleted...]
-    <w:p w:rsidR="00DD088E" w:rsidRPr="001C3569" w:rsidRDefault="00AF3CC4" w:rsidP="00DD088E">
+    <w:p w:rsidR="00DD088E" w:rsidRPr="00D80455" w:rsidRDefault="00AF3CC4" w:rsidP="00DD088E">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D80455">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">По кнопке «Разделить», выбрать </w:t>
+      </w:r>
+      <w:r w:rsidR="0009054D" w:rsidRPr="00D80455">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нужный </w:t>
+      </w:r>
+      <w:r w:rsidR="00C80CF1" w:rsidRPr="00D80455">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">процесс </w:t>
+      </w:r>
+      <w:r w:rsidR="00242F4B" w:rsidRPr="00D80455">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>слияния для</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D80455">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C80CF1" w:rsidRPr="00D80455">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>последующего разъединения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF3CC4" w:rsidRPr="00D80455" w:rsidRDefault="00AF3CC4" w:rsidP="00AF3CC4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AF3CC4" w:rsidRDefault="00983967" w:rsidP="00A24BED">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">По кнопке «Разделить», выбрать </w:t>
-[...70 lines deleted...]
-        </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
-[...2 lines deleted...]
-            <wp:docPr id="9" name="Рисунок 9"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="09796F40" wp14:editId="41065285">
+            <wp:extent cx="8373435" cy="4876800"/>
+            <wp:effectExtent l="0" t="0" r="8890" b="0"/>
+            <wp:docPr id="17" name="Рисунок 17"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9" cstate="print"/>
+                    <a:blip r:embed="rId9"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="8889054" cy="5141311"/>
+                      <a:ext cx="8390638" cy="4886819"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AF3CC4" w:rsidRPr="001C3569" w:rsidRDefault="00AF3CC4" w:rsidP="00AF3CC4">
-[...26 lines deleted...]
-    <w:p w:rsidR="00AF3CC4" w:rsidRPr="001C3569" w:rsidRDefault="00AF3CC4" w:rsidP="00AF3CC4">
+    <w:p w:rsidR="00983967" w:rsidRDefault="00983967" w:rsidP="00A24BED">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00983967" w:rsidRDefault="00983967" w:rsidP="00A24BED">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00983967" w:rsidRDefault="00983967" w:rsidP="00A24BED">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00983967" w:rsidRDefault="00983967" w:rsidP="00A24BED">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00983967" w:rsidRDefault="00983967" w:rsidP="00A24BED">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A24BED" w:rsidRPr="00D80455" w:rsidRDefault="00A24BED" w:rsidP="00A24BED">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AF3CC4" w:rsidRPr="00D80455" w:rsidRDefault="00AF3CC4" w:rsidP="00AF3CC4">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D80455">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="18181B"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
+        <w:t>После завершения процесса разделения, на экране отобразится информация о результате</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF3CC4" w:rsidRPr="00D80455" w:rsidRDefault="00965B08" w:rsidP="00AF3CC4">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>После завершения процесса разделения, на экране отобразится информация о результате</w:t>
-[...12 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve">           </w:t>
+      </w:r>
+      <w:r w:rsidR="00983967">
+        <w:rPr>
           <w:noProof/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
-[...2 lines deleted...]
-            <wp:docPr id="8" name="Рисунок 8"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="20477C00" wp14:editId="12203B85">
+            <wp:extent cx="8677275" cy="5209985"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="18" name="Рисунок 18"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId10" cstate="print"/>
+                    <a:blip r:embed="rId10"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="9777730" cy="5713095"/>
+                      <a:ext cx="8696092" cy="5221283"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AF3CC4" w:rsidRPr="001C3569" w:rsidRDefault="00EC75F2" w:rsidP="00EC75F2">
+    <w:p w:rsidR="00AF3CC4" w:rsidRPr="00983967" w:rsidRDefault="00EC75F2" w:rsidP="00EC75F2">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D80455">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="18181B"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Файлы реестра</w:t>
       </w:r>
-      <w:r w:rsidR="00AF3CC4" w:rsidRPr="001C3569">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00AF3CC4" w:rsidRPr="00D80455">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="18181B"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">, созданные при </w:t>
       </w:r>
-      <w:r w:rsidR="0087762A" w:rsidRPr="001C3569">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="0087762A" w:rsidRPr="00D80455">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="18181B"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>разделении, будут</w:t>
       </w:r>
-      <w:r w:rsidR="00AF3CC4" w:rsidRPr="001C3569">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00AF3CC4" w:rsidRPr="00D80455">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="18181B"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> сохранены в папке, указанной для выгрузки результата</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AF3CC4" w:rsidRPr="001C3569" w:rsidRDefault="00AF3CC4" w:rsidP="00AF3CC4">
+    <w:p w:rsidR="00983967" w:rsidRPr="00983967" w:rsidRDefault="00983967" w:rsidP="00983967">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B6755A" w:rsidRPr="00D80455" w:rsidRDefault="00B6755A" w:rsidP="00B6755A">
+      <w:pPr>
+        <w:pStyle w:val="4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="274" w:after="206" w:line="429" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="404040"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D80455">
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="404040"/>
+        </w:rPr>
+        <w:t>Работа с повторными реестрами</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D80455" w:rsidRPr="00D80455" w:rsidRDefault="00D80455" w:rsidP="00D80455">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="100" w:afterAutospacing="1" w:line="429" w:lineRule="atLeast"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="404040"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D80455">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="404040"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Отчеты </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D80455">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="404040"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«Реестр счета»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D80455">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="404040"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D80455">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="404040"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«Протокол приема файлов»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D80455">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="404040"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> формируются на основе данных, загруженных в модуль</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D80455">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Объединение файлов реестра»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D80455">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="404040"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D80455" w:rsidRPr="00D80455" w:rsidRDefault="00D80455" w:rsidP="00D80455">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="100" w:afterAutospacing="1" w:line="429" w:lineRule="atLeast"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="404040"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D80455">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="404040"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Даже если файл не требует объединения, его необходимо загрузить в систему.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A774E" w:rsidRPr="006A774E" w:rsidRDefault="006A774E" w:rsidP="006A774E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A774E">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="404040"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Если файл повторного реестра нужно объединить с другими файлами:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00234F9E" w:rsidRPr="00D80455" w:rsidRDefault="00234F9E" w:rsidP="00234F9E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D80455">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Создать папку и скопировать в неё файлы реестров, которые необходимо объединить.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00234F9E" w:rsidRPr="00D80455" w:rsidRDefault="00234F9E" w:rsidP="00234F9E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D80455">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Создать отдельную папку для выгрузки результата объединения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00234F9E" w:rsidRPr="00D80455" w:rsidRDefault="00234F9E" w:rsidP="00234F9E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D80455">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Открыть модуль «Объединение файлов реестра» </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00234F9E" w:rsidRPr="00D80455" w:rsidRDefault="00234F9E" w:rsidP="00234F9E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D80455">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Перейти на вкладку «Слияние» </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00234F9E" w:rsidRPr="00D80455" w:rsidRDefault="00234F9E" w:rsidP="00234F9E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D80455">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В разделе «Файлы для объединения» нажать кнопку «Добавить» и в открывшемся окне, выбрать папку, созданную в пункте 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00234F9E" w:rsidRPr="00D80455" w:rsidRDefault="00234F9E" w:rsidP="00234F9E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D80455">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В разделе «Результат объединения» нажать кнопку с тремя точками и в открывшемся окне выбрать папку, созданную в пункте 2.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00234F9E" w:rsidRPr="00D80455" w:rsidRDefault="00965B08" w:rsidP="00234F9E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5D16A963" wp14:editId="774EDD8F">
+            <wp:extent cx="8715375" cy="4011295"/>
+            <wp:effectExtent l="0" t="0" r="9525" b="8255"/>
+            <wp:docPr id="12" name="Рисунок 12"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId11"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="8784261" cy="4043000"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00234F9E" w:rsidRPr="00D80455" w:rsidRDefault="00234F9E" w:rsidP="00234F9E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00234F9E" w:rsidRPr="00D80455" w:rsidRDefault="00234F9E" w:rsidP="00234F9E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D80455">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Затем нажать кнопку «Объединить» в правой части АРМа для</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D80455">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="18181B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> начала процесса объединения файлов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00234F9E" w:rsidRPr="00D80455" w:rsidRDefault="00234F9E" w:rsidP="00234F9E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D80455">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="18181B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>После завершения процесса объединения, на экране отобразится информация о результате</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00234F9E" w:rsidRPr="00D80455" w:rsidRDefault="00234F9E" w:rsidP="00234F9E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D80455">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">           </w:t>
+      </w:r>
+      <w:r w:rsidR="00965B08">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="19367FAD" wp14:editId="69D3C059">
+            <wp:extent cx="8715375" cy="5246370"/>
+            <wp:effectExtent l="0" t="0" r="9525" b="0"/>
+            <wp:docPr id="13" name="Рисунок 13"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId12"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="8764459" cy="5275917"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00234F9E" w:rsidRPr="00D80455" w:rsidRDefault="00234F9E" w:rsidP="00234F9E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00965B08" w:rsidRPr="00965B08" w:rsidRDefault="00234F9E" w:rsidP="00965B08">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D80455">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="18181B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Итоговый файл объединения будет сохранен в папке, указанной для выгрузки результата</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F31D0" w:rsidRPr="00965B08" w:rsidRDefault="009F31D0" w:rsidP="00965B08">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00965B08">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B6755A" w:rsidRPr="006A774E" w:rsidRDefault="006A774E" w:rsidP="00AF3CC4">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4305"/>
         </w:tabs>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-    <w:sectPr w:rsidR="00AF3CC4" w:rsidRPr="001C3569" w:rsidSect="00726494">
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A774E">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="404040"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Если файл повторного реестра не требует объединения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00887308" w:rsidRPr="00D80455" w:rsidRDefault="00887308" w:rsidP="00887308">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D80455">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Создать папку и </w:t>
+      </w:r>
+      <w:r w:rsidR="006A774E">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>поместить</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D80455">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в нее файл повторного реестра.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00887308" w:rsidRPr="00D80455" w:rsidRDefault="00887308" w:rsidP="00887308">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D80455">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Создать отдельную папку для выгрузки результата объединения</w:t>
+      </w:r>
+      <w:r w:rsidR="00B6755A" w:rsidRPr="00D80455">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00887308" w:rsidRPr="00D80455" w:rsidRDefault="00887308" w:rsidP="00887308">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D80455">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Открыть модуль «Объединение файлов реестра» </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00887308" w:rsidRPr="00D80455" w:rsidRDefault="00887308" w:rsidP="00887308">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D80455">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Перейти на вкладку «Слияние» </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00887308" w:rsidRPr="00D80455" w:rsidRDefault="00887308" w:rsidP="00887308">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D80455">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В разделе «Файлы для объединения» нажать кнопку «Добавить» и в открывшемся окне, выбрать папку, созданную в пункте 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00887308" w:rsidRPr="00965B08" w:rsidRDefault="00887308" w:rsidP="00965B08">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D80455">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>В разделе «Результат объединения» нажать кнопку с тремя точками и в открывшемся окне выбрать папку, созданную в пункте 2.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00887308" w:rsidRPr="00D80455" w:rsidRDefault="00887308" w:rsidP="00887308">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D80455">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Затем нажать кнопку «Объединить» в правой части АРМа для</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D80455">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="18181B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> начала процесса объединения файлов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00887308" w:rsidRPr="00965B08" w:rsidRDefault="00887308" w:rsidP="00965B08">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D80455">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="18181B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>После завершения процесса объединения, на экране отобразится информация о результат</w:t>
+      </w:r>
+      <w:r w:rsidR="00965B08">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="18181B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00887308" w:rsidRPr="00D80455" w:rsidRDefault="00887308" w:rsidP="00887308">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D80455">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="18181B"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Итоговый файл объединения будет сохранен в папке, указанной для выгрузки результата</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00887308" w:rsidRPr="00D80455" w:rsidRDefault="00887308" w:rsidP="00AF3CC4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4305"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00887308" w:rsidRPr="00D80455" w:rsidRDefault="00887308" w:rsidP="00AF3CC4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4305"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00887308" w:rsidRPr="00D80455" w:rsidRDefault="00887308" w:rsidP="00AF3CC4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4305"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00887308" w:rsidRPr="00D80455" w:rsidSect="00726494">
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Tahoma">
-    <w:panose1 w:val="020B0604030504040204"/>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="28C70B9A"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="6A50E0D6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
@@ -1252,50 +2573,228 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="39244EE8"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4AF030D8"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="587547F0"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="550AE076"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3">
     <w:nsid w:val="5AA65933"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="63F4E1B2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -1368,51 +2867,51 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
+  <w:abstractNum w:abstractNumId="4">
     <w:nsid w:val="5DEC67A8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="550AE076"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -1457,51 +2956,200 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
+  <w:abstractNum w:abstractNumId="5">
+    <w:nsid w:val="6D9828DC"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="90BCE0C8"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6">
     <w:nsid w:val="7AFE3ACB"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="9064CCB6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -1606,51 +3254,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
+  <w:abstractNum w:abstractNumId="7">
     <w:nsid w:val="7CEC435C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="40B250A2"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -1695,51 +3343,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5">
+  <w:abstractNum w:abstractNumId="8">
     <w:nsid w:val="7E3F7BA0"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="D6C831EA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -1808,51 +3456,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6">
+  <w:abstractNum w:abstractNumId="9">
     <w:nsid w:val="7F0D7583"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="550AE076"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -1898,292 +3546,561 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="1"/>
+    <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4">
-    <w:abstractNumId w:val="3"/>
+    <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="6">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="8">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="10">
     <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006B63B3"/>
+    <w:rsid w:val="00071E7E"/>
     <w:rsid w:val="0009054D"/>
-    <w:rsid w:val="001641C5"/>
     <w:rsid w:val="0017343E"/>
     <w:rsid w:val="00175B58"/>
     <w:rsid w:val="00196034"/>
     <w:rsid w:val="001C3569"/>
+    <w:rsid w:val="001E06FF"/>
+    <w:rsid w:val="00234F9E"/>
     <w:rsid w:val="00242F4B"/>
     <w:rsid w:val="00277431"/>
+    <w:rsid w:val="004077EC"/>
+    <w:rsid w:val="0045572D"/>
+    <w:rsid w:val="00471DA3"/>
     <w:rsid w:val="00524EED"/>
     <w:rsid w:val="00573890"/>
+    <w:rsid w:val="005B163C"/>
     <w:rsid w:val="005D25BC"/>
+    <w:rsid w:val="00622AA4"/>
     <w:rsid w:val="00627837"/>
     <w:rsid w:val="006949EA"/>
+    <w:rsid w:val="006A774E"/>
     <w:rsid w:val="006B63B3"/>
     <w:rsid w:val="006C1466"/>
+    <w:rsid w:val="006D7D6D"/>
+    <w:rsid w:val="00723EDA"/>
     <w:rsid w:val="00726494"/>
-    <w:rsid w:val="00752905"/>
+    <w:rsid w:val="007C2F0F"/>
     <w:rsid w:val="00867CC9"/>
     <w:rsid w:val="0087762A"/>
+    <w:rsid w:val="00887308"/>
     <w:rsid w:val="00892835"/>
+    <w:rsid w:val="00965B08"/>
+    <w:rsid w:val="00983967"/>
+    <w:rsid w:val="009F31D0"/>
+    <w:rsid w:val="00A24BED"/>
     <w:rsid w:val="00AF3CC4"/>
+    <w:rsid w:val="00B6755A"/>
+    <w:rsid w:val="00B82E42"/>
+    <w:rsid w:val="00C7538A"/>
     <w:rsid w:val="00C80CF1"/>
     <w:rsid w:val="00D00ED0"/>
+    <w:rsid w:val="00D80455"/>
     <w:rsid w:val="00DA4820"/>
     <w:rsid w:val="00DD088E"/>
     <w:rsid w:val="00E94E9D"/>
     <w:rsid w:val="00EC75F2"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="off"/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val=","/>
+  <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{734AE4BB-7391-4808-82C0-0F1FE7B84C6E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...136 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00524EED"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00524EED"/>
     <w:pPr>
       <w:spacing w:before="300" w:after="40"/>
       <w:jc w:val="left"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:smallCaps/>
       <w:spacing w:val="5"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
@@ -2362,51 +4279,50 @@
     <w:pPr>
       <w:spacing w:after="0"/>
       <w:jc w:val="left"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:smallCaps/>
       <w:color w:val="385623" w:themeColor="accent6" w:themeShade="80"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00277431"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
@@ -2776,246 +4692,339 @@
       <w:iCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="af3">
     <w:name w:val="TOC Heading"/>
     <w:basedOn w:val="1"/>
     <w:next w:val="a"/>
     <w:uiPriority w:val="39"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00524EED"/>
     <w:pPr>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="af4">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="af5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00752905"/>
+    <w:rsid w:val="00B6755A"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-[...1 lines deleted...]
-      <w:szCs w:val="16"/>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="af5">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="af4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00752905"/>
+    <w:rsid w:val="00B6755A"/>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-[...1 lines deleted...]
-      <w:szCs w:val="16"/>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ds-markdown-paragraph">
+    <w:name w:val="ds-markdown-paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00D80455"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:divs>
     <w:div w:id="53939630">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="57286577">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="69352644">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="194125563">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="229655873">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="675764991">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="990598668">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1177886818">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1258447295">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1681081657">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1798796014">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1897661152">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Calibri Light"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -3148,76 +5157,80 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
-[...1 lines deleted...]
-  <Characters>1308</Characters>
+  <Pages>9</Pages>
+  <Words>582</Words>
+  <Characters>3321</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>10</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Lines>27</Lines>
+  <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>DG Win&amp;Soft</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1534</CharactersWithSpaces>
+  <CharactersWithSpaces>3896</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
+  <dc:subject/>
   <dc:creator>Рушана Саидаджиева</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>