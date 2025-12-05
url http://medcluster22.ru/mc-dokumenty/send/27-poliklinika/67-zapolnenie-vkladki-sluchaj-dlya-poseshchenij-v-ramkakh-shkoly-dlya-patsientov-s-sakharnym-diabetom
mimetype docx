--- v0 (2025-10-21)
+++ v1 (2025-12-05)
@@ -15,1084 +15,1338 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
     <w:p w:rsidR="000A3B6A" w:rsidRPr="00C7640A" w:rsidRDefault="00C7640A" w:rsidP="00C7640A">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C7640A">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Заполнение вкладки случай для посещений в рамках школы для пациентов с сахарным диабетом</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C7640A" w:rsidRDefault="00C7640A" w:rsidP="00C7640A">
+    <w:p w:rsidR="00557304" w:rsidRDefault="00C7640A" w:rsidP="00C7640A">
       <w:pPr>
         <w:ind w:left="-709"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Согласно приложению 7 ТФОМС Алтайского края оплачивает по ОМС посещения школ сахарного диабета, для успешной выгрузки в реестр необходимо провести пациенту не менее </w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> занятий, каждое необходимо отразить на вкладке </w:t>
+        <w:t xml:space="preserve">Согласно </w:t>
+      </w:r>
+      <w:r w:rsidR="002067D6">
+        <w:t>П</w:t>
+      </w:r>
+      <w:r>
+        <w:t>риложению 7</w:t>
+      </w:r>
+      <w:r w:rsidR="002067D6">
+        <w:t xml:space="preserve"> к Тарифному соглашению</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> ТФОМС Алтайского края оплачивает по ОМС п</w:t>
+      </w:r>
+      <w:r w:rsidR="002067D6">
+        <w:t xml:space="preserve">осещения школ сахарного диабета. </w:t>
+      </w:r>
+      <w:r w:rsidR="00557304">
+        <w:t>Школ</w:t>
+      </w:r>
+      <w:r w:rsidR="009F7C6D">
+        <w:t>а сахарного диабета проводи</w:t>
+      </w:r>
+      <w:r w:rsidR="00557304">
+        <w:t xml:space="preserve">тся врачом-эндокринологом, 5 занятий </w:t>
+      </w:r>
+      <w:r w:rsidR="00355A3F">
+        <w:t xml:space="preserve">в период </w:t>
+      </w:r>
+      <w:r w:rsidR="00557304">
+        <w:t xml:space="preserve">не менее двух дней. Каждое занятие </w:t>
+      </w:r>
+      <w:r>
+        <w:t>необходимо отра</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:t xml:space="preserve">зить на вкладке </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>С</w:t>
       </w:r>
       <w:r w:rsidRPr="00C7640A">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>лучай</w:t>
       </w:r>
-      <w:r>
-        <w:t>, ниже приведен пример заполнения данных:</w:t>
+      <w:r w:rsidR="00557304">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C7640A" w:rsidRDefault="00557304" w:rsidP="00C7640A">
+      <w:pPr>
+        <w:ind w:left="-709"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Н</w:t>
+      </w:r>
+      <w:r w:rsidR="00C7640A">
+        <w:t>иже приведен пример заполнения данных</w:t>
+      </w:r>
+      <w:r w:rsidR="009D28CB">
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C7640A" w:rsidRDefault="00C7640A" w:rsidP="00C7640A">
       <w:pPr>
         <w:ind w:left="-709"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1A679555" wp14:editId="2C1CF5B7">
             <wp:extent cx="5940425" cy="2988310"/>
             <wp:effectExtent l="0" t="0" r="3175" b="2540"/>
             <wp:docPr id="1" name="Рисунок 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5940425" cy="2988310"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C7640A" w:rsidRDefault="00C7640A" w:rsidP="00C7640A">
+    <w:p w:rsidR="00FE4220" w:rsidRDefault="00FE4220" w:rsidP="00C7640A">
       <w:pPr>
         <w:ind w:left="-709"/>
       </w:pPr>
       <w:r>
-        <w:t>На рисунке выделены поля, на которые необходимо обратить внимание при заполнении:</w:t>
-[...800 lines deleted...]
-      <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="184AE4AD" wp14:editId="5DF3A6B0">
-[...2 lines deleted...]
-            <wp:docPr id="2" name="Рисунок 2"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="40CB8749" wp14:editId="25EC7D7A">
+            <wp:extent cx="5940425" cy="2543175"/>
+            <wp:effectExtent l="0" t="0" r="3175" b="9525"/>
+            <wp:docPr id="5" name="Рисунок 5"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
+                      <a:ext cx="5940425" cy="2543175"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C7640A" w:rsidRDefault="00C7640A" w:rsidP="00C7640A">
+      <w:pPr>
+        <w:ind w:left="-709"/>
+      </w:pPr>
+      <w:r>
+        <w:t>На рисунке выделены поля, на которые необходимо обратить внимание при заполнении:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C7640A" w:rsidRDefault="00C7640A" w:rsidP="00C7640A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Дата начала и дата окончания лечения – не должны быть равны, т.е. случай подается периодом</w:t>
+      </w:r>
+      <w:r w:rsidR="00557304">
+        <w:t xml:space="preserve"> (от двух или более дней).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C7640A" w:rsidRDefault="00C7640A" w:rsidP="00C7640A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Способ оплаты – за посещение</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C7640A" w:rsidRDefault="00C7640A" w:rsidP="00C7640A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Цель посещения – Посещения школы сахарного диабета</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A00BC8" w:rsidRDefault="00C7640A" w:rsidP="00A00BC8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Услуги – код - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">04.012.001, услуг должно быть не менее </w:t>
+      </w:r>
+      <w:r w:rsidR="00557304">
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A00BC8" w:rsidRDefault="00A00BC8" w:rsidP="00A00BC8">
+      <w:pPr>
+        <w:ind w:left="-709"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Стоимость комплексного посещения (не менее </w:t>
+      </w:r>
+      <w:r w:rsidR="00557304">
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> услуг) школы сахарного диабета – 1517.76 руб.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002067D6" w:rsidRDefault="002067D6" w:rsidP="00A00BC8">
+      <w:pPr>
+        <w:ind w:left="-709"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002067D6" w:rsidRPr="00C7640A" w:rsidRDefault="002067D6" w:rsidP="002067D6">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C7640A">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Заполнение вкладки случай для посещений в рамках школы для пациентов с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">хроническими заболеваниями </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00355A3F" w:rsidRDefault="00355A3F" w:rsidP="00A00BC8">
+      <w:pPr>
+        <w:ind w:left="-709"/>
+      </w:pPr>
+      <w:r>
+        <w:t>В Приложении 7 к Тарифному соглашению на 2025 год указана стоимость комплексных посещения школ для больных с хроническими заболеваниями – 1642,63 руб.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A00BC8" w:rsidRDefault="00355A3F" w:rsidP="00A00BC8">
+      <w:pPr>
+        <w:ind w:left="-709"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">В приказе МЗ Алтайского края от 30.09.25 г. № 338 указаны виды школ для пациентов с хроническими заболеваниями. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0001520D" w:rsidRDefault="0001520D" w:rsidP="00A00BC8">
+      <w:pPr>
+        <w:ind w:left="-709"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005503A9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- школ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005503A9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для пациентов с </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005503A9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">артериальной гипертензией </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005503A9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(В04.015.001)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0001520D" w:rsidRDefault="0001520D" w:rsidP="0001520D">
+      <w:pPr>
+        <w:ind w:left="-709"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005503A9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>школ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005503A9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для пациентов с </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005503A9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сердечной недостаточностью </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005503A9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(В04.015.002)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0001520D" w:rsidRDefault="0001520D" w:rsidP="0001520D">
+      <w:pPr>
+        <w:ind w:left="-709"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005503A9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>школ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005503A9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для пациентов с </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005503A9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бронхиальной астмой </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005503A9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(В04.037.003) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0001520D" w:rsidRDefault="0001520D" w:rsidP="0001520D">
+      <w:pPr>
+        <w:ind w:left="-709"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005503A9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>школ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005503A9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для пациентов с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>рассеянным склерозом</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005503A9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005503A9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(В04.0</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>23</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005503A9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.003)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0001520D" w:rsidRDefault="0001520D" w:rsidP="0001520D">
+      <w:pPr>
+        <w:ind w:left="-709"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005503A9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>школ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005503A9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для пациентов с </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005503A9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">хронической болезнью почек </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005503A9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(В04.025.004)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0001520D" w:rsidRDefault="0001520D" w:rsidP="0001520D">
+      <w:pPr>
+        <w:ind w:left="-709"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005503A9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>школ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005503A9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для пациентов с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>заболеваниями суставов и позвоночника</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005503A9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005503A9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(В04.0</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>40</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005503A9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.00</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005503A9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0001520D" w:rsidRDefault="0001520D" w:rsidP="0001520D">
+      <w:pPr>
+        <w:ind w:left="-709"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005503A9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>школ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005503A9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для пациентов с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>избыточной массой тела и ожирением</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005503A9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005503A9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(В0</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005503A9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.0</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>69</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005503A9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.00</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005503A9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C765AB" w:rsidRDefault="00A00BC8" w:rsidP="00C765AB">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Цель посещения по школам для больных с ХНИЗ </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidR="00C765AB" w:rsidRPr="00C765AB">
+        <w:t xml:space="preserve"> Посещение</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00C765AB" w:rsidRPr="00C765AB">
+        <w:t xml:space="preserve"> школы для больных с хроническими заболеваниями.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0001520D" w:rsidRDefault="0001520D" w:rsidP="00C765AB">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Услуг в случае прохождения школ ХНИЗ должно быть не менее 4.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0001520D" w:rsidRDefault="0001520D" w:rsidP="0001520D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Школы ХНИЗ могут проводиться врачами, фельдшерами, медицинскими сестрами: не менее 4 занятий</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE4220">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE4220">
+        <w:t>В</w:t>
+      </w:r>
+      <w:r>
+        <w:t>озможно проведение за 1 день</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE4220">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00557304" w:rsidRDefault="005503A9" w:rsidP="00557304">
+      <w:pPr>
+        <w:ind w:left="-709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C45E0B">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Обращаем внимание, что комплексное посещение по школам для пациентов с ХНИЗ не должно пересек</w:t>
+      </w:r>
+      <w:r w:rsidR="00825AF1" w:rsidRPr="00C45E0B">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>аться со стационарным лечением, это проверяет Федеральный фонд ОМС.</w:t>
+      </w:r>
+      <w:r w:rsidR="00557304" w:rsidRPr="00557304">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE4220" w:rsidRDefault="0001520D" w:rsidP="00557304">
+      <w:pPr>
+        <w:ind w:left="-709"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Ниже приведен</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE4220">
+        <w:t>ы</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> пример</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE4220">
+        <w:t>ы</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> заполнения данных</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE4220">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0001520D" w:rsidRDefault="00FE4220" w:rsidP="00557304">
+      <w:pPr>
+        <w:ind w:left="-709"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Школу ХНИЗ проводит терапевт</w:t>
+      </w:r>
+      <w:r w:rsidR="009D28CB">
+        <w:t>. Услуги проведены в разные дни:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005503A9" w:rsidRDefault="0001520D" w:rsidP="005503A9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-349"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2B592E34" wp14:editId="174E5ACF">
+            <wp:extent cx="5940425" cy="2891155"/>
+            <wp:effectExtent l="0" t="0" r="3175" b="4445"/>
+            <wp:docPr id="3" name="Рисунок 3"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId7"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
                       <a:ext cx="5940425" cy="2891155"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-[...36 lines deleted...]
-    <w:p w:rsidR="005503A9" w:rsidRPr="00C45E0B" w:rsidRDefault="005503A9" w:rsidP="005503A9">
+    </w:p>
+    <w:p w:rsidR="00FE4220" w:rsidRDefault="00FE4220" w:rsidP="005503A9">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:left="-349"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C45E0B">
+    </w:p>
+    <w:p w:rsidR="00FE4220" w:rsidRPr="00FE4220" w:rsidRDefault="009D28CB" w:rsidP="005503A9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-349"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Школу ХНИЗ проводит медсестра. Услуги проведены в один день:</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE4220" w:rsidRPr="00FE4220">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE4220" w:rsidRDefault="00FE4220" w:rsidP="005503A9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-349"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>Обращаем внимание, что комплексное посещение по школам для пациентов с ХНИЗ не должно пересек</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00825AF1" w:rsidRPr="00C45E0B">
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FE4220" w:rsidRDefault="00FE4220" w:rsidP="005503A9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-349"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>аться со стационарным лечением, это проверяет Федеральный фонд ОМС.</w:t>
-[...2 lines deleted...]
-    <w:sectPr w:rsidR="005503A9" w:rsidRPr="00C45E0B">
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3E6D94BD" wp14:editId="05C232EA">
+            <wp:extent cx="5940425" cy="2654935"/>
+            <wp:effectExtent l="0" t="0" r="3175" b="0"/>
+            <wp:docPr id="4" name="Рисунок 4"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId8"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5940425" cy="2654935"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009D28CB" w:rsidRPr="009D28CB" w:rsidRDefault="009D28CB" w:rsidP="005503A9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-349"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Оформление медсестры в разделе Персонал: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE4220" w:rsidRDefault="00FE4220" w:rsidP="005503A9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-349"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FE4220" w:rsidRDefault="00FE4220" w:rsidP="005503A9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-349"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="56921914" wp14:editId="7B3E497F">
+            <wp:extent cx="5940425" cy="2919095"/>
+            <wp:effectExtent l="0" t="0" r="3175" b="0"/>
+            <wp:docPr id="6" name="Рисунок 6"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId9"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5940425" cy="2919095"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE4220" w:rsidRDefault="00FE4220" w:rsidP="005503A9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-349"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FE4220" w:rsidRDefault="00FE4220" w:rsidP="005503A9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-349"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Школу ХНИЗ проводит фельдшер</w:t>
+      </w:r>
+      <w:r w:rsidR="009D28CB">
+        <w:t>, услуги проведены в разные дни</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE4220" w:rsidRDefault="00FE4220" w:rsidP="005503A9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-349"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FE4220" w:rsidRDefault="00FE4220" w:rsidP="005503A9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-349"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="21F710D2" wp14:editId="0781C265">
+            <wp:extent cx="5940425" cy="2589530"/>
+            <wp:effectExtent l="0" t="0" r="3175" b="1270"/>
+            <wp:docPr id="7" name="Рисунок 7"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId10"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5940425" cy="2589530"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009D28CB" w:rsidRDefault="009D28CB" w:rsidP="009D28CB">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-349"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Школу ХНИЗ проводит фельдшер, услуги проведены в </w:t>
+      </w:r>
+      <w:r w:rsidR="005819F0">
+        <w:t>один</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> д</w:t>
+      </w:r>
+      <w:r w:rsidR="005819F0">
+        <w:t>ень</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009D28CB" w:rsidRDefault="009D28CB" w:rsidP="005503A9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-349"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FE4220" w:rsidRDefault="00FE4220" w:rsidP="005503A9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-349"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2A8F2AF3" wp14:editId="54E70066">
+            <wp:extent cx="5940425" cy="2426970"/>
+            <wp:effectExtent l="0" t="0" r="3175" b="0"/>
+            <wp:docPr id="8" name="Рисунок 8"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId11"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5940425" cy="2426970"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE4220" w:rsidRPr="00FE4220" w:rsidRDefault="00FE4220" w:rsidP="005503A9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-349"/>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00FE4220" w:rsidRPr="00FE4220">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="727C3CA9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E33ADCC0"/>
     <w:lvl w:ilvl="0" w:tplc="C41019B0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="-349" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Symbol" w:cstheme="minorBidi" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -1188,86 +1442,96 @@
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C7640A"/>
+    <w:rsid w:val="0001520D"/>
     <w:rsid w:val="000A3B6A"/>
+    <w:rsid w:val="00140B7E"/>
+    <w:rsid w:val="002067D6"/>
     <w:rsid w:val="00284ACB"/>
     <w:rsid w:val="0034557A"/>
+    <w:rsid w:val="00355A3F"/>
+    <w:rsid w:val="003668AD"/>
     <w:rsid w:val="005503A9"/>
+    <w:rsid w:val="00557304"/>
+    <w:rsid w:val="005819F0"/>
     <w:rsid w:val="006F35F5"/>
     <w:rsid w:val="00707321"/>
     <w:rsid w:val="00825AF1"/>
+    <w:rsid w:val="009D28CB"/>
+    <w:rsid w:val="009F7C6D"/>
     <w:rsid w:val="00A00BC8"/>
     <w:rsid w:val="00C45E0B"/>
     <w:rsid w:val="00C7640A"/>
     <w:rsid w:val="00C765AB"/>
     <w:rsid w:val="00C93999"/>
     <w:rsid w:val="00D71900"/>
+    <w:rsid w:val="00FE4220"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val="."/>
+  <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{ABC3ACFF-AE4C-4E15-AFFD-4832E75C87E7}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
@@ -1701,51 +1965,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2108693369">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -1969,70 +2233,70 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>1522</Characters>
+  <Pages>4</Pages>
+  <Words>366</Words>
+  <Characters>2092</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>12</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Lines>17</Lines>
+  <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1786</CharactersWithSpaces>
+  <CharactersWithSpaces>2454</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Чмиль Валентина Александровна</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>